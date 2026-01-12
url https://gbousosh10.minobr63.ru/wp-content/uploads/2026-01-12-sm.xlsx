--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1,59 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no" ?>
-[...4 lines deleted...]
-
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9303"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView xWindow="630" yWindow="525" windowWidth="22695" windowHeight="11445"/>
+  </bookViews>
   <sheets>
-    <sheet name="1" r:id="rId1" sheetId="1" state="visible"/>
+    <sheet name="1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="39">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>ГБОУ СОШ № 10 г.о.Чапаевск</t>
   </si>
   <si>
     <t>Отд./корп</t>
   </si>
   <si>
     <t>День</t>
   </si>
   <si>
     <t>Прием пищи</t>
   </si>
   <si>
     <t>Раздел</t>
   </si>
   <si>
     <t>№ рец.</t>
   </si>
   <si>
     <t>Блюдо</t>
   </si>
   <si>
@@ -131,369 +132,369 @@
   <si>
     <t>сладкое</t>
   </si>
   <si>
     <t>хлеб бел.</t>
   </si>
   <si>
     <t>Хлеб пшеничный</t>
   </si>
   <si>
     <t>хлеб черн.</t>
   </si>
   <si>
     <t>Хлеб ржаной</t>
   </si>
   <si>
     <t>напиток</t>
   </si>
   <si>
     <t>Компот из смеси сухофруктов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:co="http://ncloudtech.com" mc:Ignorable="co">
-[...5 lines deleted...]
-    <numFmt co:extendedFormatCode="0.00" formatCode="0.00" numFmtId="1004"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
   </numFmts>
-  <fonts count="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
-      <color theme="1" tint="0"/>
       <sz val="11"/>
-      <scheme val="minor"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.799981688894314"/>
+        <fgColor theme="7" tint="0.79995117038483843"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="0"/>
+        <fgColor theme="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="17">
     <border>
-      <left style="none"/>
-[...3 lines deleted...]
-      <diagonal style="none"/>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
-    </border>
-    <border>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
-    </border>
-    <border>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom style="none">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom style="none">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom style="none">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color rgb="000000" tint="0"/>
-[...2 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
       </right>
       <top style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom style="none">
-        <color rgb="000000" tint="0"/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
-[...2 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
       </right>
       <top style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
-      <top style="medium">
-        <color rgb="000000" tint="0"/>
+      <top style="thin">
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color rgb="000000" tint="0"/>
-[...8 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
-[...2 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color rgb="000000" tint="0"/>
-[...13 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
-[...2 lines deleted...]
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
       </left>
       <right style="medium">
-        <color rgb="000000" tint="0"/>
+        <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...3 lines deleted...]
-        <color rgb="000000" tint="0"/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
       </bottom>
-    </border>
-[...26 lines deleted...]
-      </bottom>
+      <diagonal/>
     </border>
   </borders>
-  <cellXfs count="35">
-[...6 lines deleted...]
-    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyNumberFormat="true" borderId="4" fillId="0" fontId="0" numFmtId="1000">
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="36">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyNumberFormat="true" borderId="5" fillId="0" fontId="0" numFmtId="1000">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyNumberFormat="true" borderId="6" fillId="0" fontId="0" numFmtId="1000">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf applyBorder="true" applyFont="true" applyNumberFormat="true" borderId="7" fillId="0" fontId="0" numFmtId="1000"/>
-[...3 lines deleted...]
-      <alignment wrapText="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf applyBorder="true" applyFill="true" applyFont="true" applyNumberFormat="true" borderId="8" fillId="2" fontId="0" numFmtId="1003"/>
-[...5 lines deleted...]
-      <alignment wrapText="true"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf applyBorder="true" applyFill="true" applyFont="true" applyNumberFormat="true" borderId="1" fillId="2" fontId="0" numFmtId="1003"/>
-[...6 lines deleted...]
-      <alignment wrapText="true"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf applyBorder="true" applyFill="true" applyFont="true" applyNumberFormat="true" borderId="13" fillId="2" fontId="0" numFmtId="1003"/>
-[...5 lines deleted...]
-      <alignment wrapText="true"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf applyBorder="true" applyFill="true" applyFont="true" applyNumberFormat="true" borderId="15" fillId="2" fontId="0" numFmtId="1003"/>
-[...1 lines deleted...]
-    <xf applyBorder="true" applyFill="true" applyFont="true" applyNumberFormat="true" borderId="16" fillId="2" fontId="0" numFmtId="1003"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Обычный" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no" ?>
-[...6 lines deleted...]
-
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -512,94 +513,94 @@
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
-            <a:gs pos="0%">
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110%"/>
-[...1 lines deleted...]
-                <a:tint val="67%"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50%">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105%"/>
-[...1 lines deleted...]
-                <a:tint val="73%"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="100%">
+            <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105%"/>
-[...1 lines deleted...]
-                <a:tint val="81%"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
         <a:gradFill>
           <a:gsLst>
-            <a:gs pos="0%">
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103%"/>
-[...1 lines deleted...]
-                <a:tint val="94%"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50%">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110%"/>
-[...1 lines deleted...]
-                <a:shade val="100%"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="100%">
+            <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99%"/>
-[...1 lines deleted...]
-                <a:shade val="78%"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="12700">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="19050">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
@@ -616,522 +617,554 @@
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw>
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw>
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
-            <a:tint val="95%"/>
-            <a:satMod val="170%"/>
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
-            <a:gs pos="0%">
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93%"/>
-[...2 lines deleted...]
-                <a:lumMod val="102%"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50%">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="98%"/>
-[...2 lines deleted...]
-                <a:lumMod val="103%"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="100%">
+            <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63%"/>
-                <a:satMod val="120%"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J20"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F21" sqref="F21"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8" defaultRowHeight="15" zeroHeight="false"/>
+  <sheetFormatPr defaultColWidth="8" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col customWidth="true" max="1" min="1" width="12.140625"/>
-[...7 lines deleted...]
-    <col customWidth="true" max="10" min="10" width="10.42578125"/>
+    <col min="1" max="1" width="12.140625" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" customWidth="1"/>
+    <col min="3" max="3" width="8" customWidth="1"/>
+    <col min="4" max="4" width="41.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.140625" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" customWidth="1"/>
+    <col min="8" max="8" width="7.7109375" customWidth="1"/>
+    <col min="9" max="9" width="7.85546875" customWidth="1"/>
+    <col min="10" max="10" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s"/>
-      <c r="D1" s="3" t="s"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="35"/>
       <c r="E1" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="4" t="n"/>
+      <c r="F1" s="2"/>
       <c r="I1" t="s">
         <v>3</v>
       </c>
-      <c r="J1" s="5" t="n">
+      <c r="J1" s="3">
         <v>46034</v>
       </c>
     </row>
-    <row customHeight="true" ht="7.5" r="2"/>
-[...1 lines deleted...]
-      <c r="A3" s="6" t="s">
+    <row r="2" spans="1:10" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="D3" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="E3" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="7" t="s">
+      <c r="F3" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G3" s="7" t="s">
+      <c r="G3" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H3" s="7" t="s">
+      <c r="H3" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="I3" s="7" t="s">
+      <c r="I3" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="J3" s="8" t="s">
+      <c r="J3" s="6" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" s="9" t="s">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="10" t="s">
+      <c r="B4" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="11" t="n">
+      <c r="C4" s="9">
         <v>182</v>
       </c>
-      <c r="D4" s="12" t="s">
+      <c r="D4" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="13" t="n">
+      <c r="E4" s="11">
         <v>160</v>
       </c>
-      <c r="F4" s="14" t="n">
-[...2 lines deleted...]
-      <c r="G4" s="13" t="n">
+      <c r="F4" s="12">
+        <v>82.06</v>
+      </c>
+      <c r="G4" s="11">
         <v>217.14</v>
       </c>
-      <c r="H4" s="13" t="n">
+      <c r="H4" s="11">
         <v>5.72</v>
       </c>
-      <c r="I4" s="13" t="n">
+      <c r="I4" s="11">
         <v>8.92</v>
       </c>
-      <c r="J4" s="15" t="n">
+      <c r="J4" s="13">
         <v>28.22</v>
       </c>
     </row>
-    <row r="5">
-[...1 lines deleted...]
-      <c r="B5" s="17" t="s">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="14"/>
+      <c r="B5" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="n">
+      <c r="C5" s="1">
         <v>379</v>
       </c>
-      <c r="D5" s="18" t="s">
+      <c r="D5" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="E5" s="19" t="n">
+      <c r="E5" s="17">
         <v>180</v>
       </c>
-      <c r="F5" s="20" t="n"/>
-      <c r="G5" s="19" t="n">
+      <c r="F5" s="18"/>
+      <c r="G5" s="17">
         <v>90.54</v>
       </c>
-      <c r="H5" s="19" t="n">
+      <c r="H5" s="17">
         <v>2.85</v>
       </c>
-      <c r="I5" s="19" t="n">
+      <c r="I5" s="17">
         <v>2.41</v>
       </c>
-      <c r="J5" s="21" t="n">
+      <c r="J5" s="19">
         <v>14.35</v>
       </c>
     </row>
-    <row ht="15.75" r="6">
-[...1 lines deleted...]
-      <c r="B6" s="17" t="s">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="14"/>
+      <c r="B6" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="1" t="n"/>
-      <c r="D6" s="18" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="19" t="n">
+      <c r="E6" s="17">
         <v>70</v>
       </c>
-      <c r="F6" s="20" t="n"/>
-      <c r="G6" s="19" t="n">
+      <c r="F6" s="18"/>
+      <c r="G6" s="17">
         <v>198.34</v>
       </c>
-      <c r="H6" s="19" t="n">
+      <c r="H6" s="17">
         <v>6.44</v>
       </c>
-      <c r="I6" s="19" t="n">
+      <c r="I6" s="17">
         <v>0.64</v>
       </c>
-      <c r="J6" s="21" t="n">
+      <c r="J6" s="19">
         <v>40.6</v>
       </c>
     </row>
-    <row ht="15.75" r="7">
-[...1 lines deleted...]
-      <c r="B7" s="22" t="s">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D7" s="18" t="s">
+      <c r="C7" s="1">
+        <v>14.337999999999999</v>
+      </c>
+      <c r="D7" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="E7" s="19" t="n">
+      <c r="E7" s="17">
         <v>110</v>
       </c>
-      <c r="F7" s="20" t="n"/>
-      <c r="G7" s="19" t="n">
+      <c r="F7" s="18"/>
+      <c r="G7" s="17">
         <v>110.12</v>
       </c>
-      <c r="H7" s="19" t="n">
+      <c r="H7" s="17">
         <v>0.5</v>
       </c>
-      <c r="I7" s="19" t="n">
+      <c r="I7" s="17">
         <v>7.6</v>
       </c>
-      <c r="J7" s="21" t="n">
+      <c r="J7" s="19">
         <v>9.83</v>
       </c>
     </row>
-    <row ht="15.75" r="8">
-[...12 lines deleted...]
-      <c r="A9" s="9" t="s">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="21"/>
+      <c r="B8" s="22"/>
+      <c r="C8" s="22"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="11"/>
+      <c r="J8" s="13"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="22" t="s">
+      <c r="B9" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="11" t="n"/>
-[...33 lines deleted...]
-      <c r="A12" s="16" t="s">
+      <c r="C9" s="9"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="13"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="14"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="17"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="19"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="21"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="23"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="25"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="26"/>
+    </row>
+    <row r="12" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="29" t="s">
+      <c r="B12" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="30" t="n">
+      <c r="C12" s="28">
         <v>45</v>
       </c>
-      <c r="D12" s="31" t="s">
+      <c r="D12" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="32" t="n">
+      <c r="E12" s="30">
         <v>60</v>
       </c>
-      <c r="F12" s="33" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="32" t="n">
+      <c r="F12" s="31">
+        <v>114.91</v>
+      </c>
+      <c r="G12" s="30">
         <v>56.47</v>
       </c>
-      <c r="H12" s="32" t="n">
+      <c r="H12" s="30">
         <v>0.79</v>
       </c>
-      <c r="I12" s="32" t="n">
+      <c r="I12" s="30">
         <v>3.64</v>
       </c>
-      <c r="J12" s="34" t="n">
-[...5 lines deleted...]
-      <c r="B13" s="17" t="s">
+      <c r="J12" s="32">
+        <v>5.1100000000000003</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="14"/>
+      <c r="B13" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="1" t="n">
+      <c r="C13" s="1">
         <v>102</v>
       </c>
-      <c r="D13" s="18" t="s">
+      <c r="D13" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="19" t="n">
+      <c r="E13" s="17">
         <v>203</v>
       </c>
-      <c r="F13" s="20" t="n"/>
-      <c r="G13" s="19" t="n">
+      <c r="F13" s="18"/>
+      <c r="G13" s="17">
         <v>118.95</v>
       </c>
-      <c r="H13" s="19" t="n">
-[...2 lines deleted...]
-      <c r="I13" s="19" t="n">
+      <c r="H13" s="17">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I13" s="17">
         <v>4.22</v>
       </c>
-      <c r="J13" s="21" t="n">
+      <c r="J13" s="19">
         <v>13.27</v>
       </c>
     </row>
-    <row r="14">
-[...1 lines deleted...]
-      <c r="B14" s="17" t="s">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="14"/>
+      <c r="B14" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="1" t="n">
+      <c r="C14" s="1">
         <v>291</v>
       </c>
-      <c r="D14" s="18" t="s">
+      <c r="D14" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="E14" s="19" t="n">
+      <c r="E14" s="17">
         <v>187.5</v>
       </c>
-      <c r="F14" s="20" t="n"/>
-      <c r="G14" s="19" t="n">
+      <c r="F14" s="18"/>
+      <c r="G14" s="17">
         <v>338.75</v>
       </c>
-      <c r="H14" s="19" t="n">
+      <c r="H14" s="17">
         <v>15.88</v>
       </c>
-      <c r="I14" s="19" t="n">
+      <c r="I14" s="17">
         <v>9.81</v>
       </c>
-      <c r="J14" s="21" t="n">
+      <c r="J14" s="19">
         <v>33.5</v>
       </c>
     </row>
-    <row r="15">
-[...1 lines deleted...]
-      <c r="B15" s="17" t="s">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="14"/>
+      <c r="B15" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="1" t="n"/>
-[...10 lines deleted...]
-      <c r="B16" s="17" t="s">
+      <c r="C15" s="1"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="17"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="17"/>
+      <c r="H15" s="17"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="19"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="14"/>
+      <c r="B16" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="C16" s="1" t="n"/>
-[...10 lines deleted...]
-      <c r="B17" s="17" t="s">
+      <c r="C16" s="1"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="17"/>
+      <c r="I16" s="17"/>
+      <c r="J16" s="19"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="14"/>
+      <c r="B17" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="C17" s="1" t="n"/>
-      <c r="D17" s="18" t="s">
+      <c r="C17" s="1"/>
+      <c r="D17" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="E17" s="19" t="n">
+      <c r="E17" s="17">
         <v>30</v>
       </c>
-      <c r="F17" s="20" t="n"/>
-      <c r="G17" s="19" t="n">
+      <c r="F17" s="18"/>
+      <c r="G17" s="17">
         <v>70.14</v>
       </c>
-      <c r="H17" s="19" t="n">
+      <c r="H17" s="17">
         <v>2.37</v>
       </c>
-      <c r="I17" s="19" t="n">
+      <c r="I17" s="17">
         <v>0.3</v>
       </c>
-      <c r="J17" s="21" t="n">
+      <c r="J17" s="19">
         <v>14.49</v>
       </c>
     </row>
-    <row r="18">
-[...1 lines deleted...]
-      <c r="B18" s="17" t="s">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="14"/>
+      <c r="B18" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="C18" s="1" t="n"/>
-      <c r="D18" s="18" t="s">
+      <c r="C18" s="1"/>
+      <c r="D18" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="E18" s="19" t="n">
+      <c r="E18" s="17">
         <v>30</v>
       </c>
-      <c r="F18" s="20" t="n"/>
-      <c r="G18" s="19" t="n">
+      <c r="F18" s="18"/>
+      <c r="G18" s="17">
         <v>68.97</v>
       </c>
-      <c r="H18" s="19" t="n">
+      <c r="H18" s="17">
         <v>1.68</v>
       </c>
-      <c r="I18" s="19" t="n">
+      <c r="I18" s="17">
         <v>0.33</v>
       </c>
-      <c r="J18" s="21" t="n">
+      <c r="J18" s="19">
         <v>14.82</v>
       </c>
     </row>
-    <row ht="15.75" r="19">
-[...1 lines deleted...]
-      <c r="B19" s="24" t="s">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="14"/>
+      <c r="B19" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="1" t="n">
+      <c r="C19" s="1">
         <v>349</v>
       </c>
-      <c r="D19" s="18" t="s">
+      <c r="D19" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="E19" s="19" t="n">
+      <c r="E19" s="17">
         <v>200</v>
       </c>
-      <c r="F19" s="19" t="n"/>
-[...6 lines deleted...]
-      <c r="I19" s="19" t="n">
+      <c r="F19" s="17"/>
+      <c r="G19" s="17">
+        <v>132.80000000000001</v>
+      </c>
+      <c r="H19" s="17">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="I19" s="17">
         <v>0.3</v>
       </c>
-      <c r="J19" s="21" t="n">
+      <c r="J19" s="19">
         <v>47.26</v>
       </c>
     </row>
-    <row ht="15.75" r="20">
-[...9 lines deleted...]
-      <c r="J20" s="28" t="n"/>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="21"/>
+      <c r="B20" s="22"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:D1"/>
   </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Листы</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>